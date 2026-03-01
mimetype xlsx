--- v0 (2026-01-13)
+++ v1 (2026-03-01)
@@ -10,242 +10,814 @@
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr defaultThemeVersion="124226"/>
   <bookViews>
     <workbookView xWindow="240" yWindow="15" windowWidth="16095" windowHeight="9660"/>
   </bookViews>
   <sheets>
     <sheet name="Sheet1" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="124519" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="119" uniqueCount="64">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="585" uniqueCount="246">
   <si>
     <t>ID</t>
   </si>
   <si>
     <t>Ano</t>
   </si>
   <si>
     <t>Número</t>
   </si>
   <si>
     <t>Tipo de Matéria Legislativa/Sigla</t>
   </si>
   <si>
     <t>Tipo de Matéria Legislativa/Descrição</t>
   </si>
   <si>
     <t>Autorias</t>
   </si>
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>1004</t>
   </si>
   <si>
     <t>2026</t>
   </si>
   <si>
     <t>1</t>
   </si>
   <si>
     <t>ATA1</t>
   </si>
   <si>
     <t>Ata das Sessões Ordinárias</t>
   </si>
   <si>
+    <t>https://sapl.chagrande.pe.leg.br/media/sapl/public/materialegislativa/2026/1004/ata_eletronica_da_1_sessao_ordinaria_do_1p_de_2026.pdf</t>
+  </si>
+  <si>
+    <t>Ata Eletrônica da 1ª Sessão Ordinária do 1º Período da 1° Sessão Legislativa da 15 Legislatura.</t>
+  </si>
+  <si>
+    <t>1019</t>
+  </si>
+  <si>
+    <t>2</t>
+  </si>
+  <si>
+    <t>https://sapl.chagrande.pe.leg.br/media/sapl/public/materialegislativa/2026/1019/ata_eletronica_da_2_sessao_ordinaria_do_1p_de_2026.pdf</t>
+  </si>
+  <si>
+    <t>Ata Eletrônica da 2ª Sessão Ordinária do 1º Período da 1° Sessão Legislativa da 15 Legislatura.</t>
+  </si>
+  <si>
+    <t>1026</t>
+  </si>
+  <si>
+    <t>3</t>
+  </si>
+  <si>
+    <t>https://sapl.chagrande.pe.leg.br/media/sapl/public/materialegislativa/2026/1026/ata_eletronica_da_3_sessao_ordinaria_do_1p_de_2026.pdf</t>
+  </si>
+  <si>
+    <t>Ata Eletrônica da 3ª Sessão Ordinária do 1º Período da 1° Sessão Legislativa da 15 Legislatura.</t>
+  </si>
+  <si>
+    <t>1037</t>
+  </si>
+  <si>
+    <t>4</t>
+  </si>
+  <si>
+    <t>https://sapl.chagrande.pe.leg.br/media/sapl/public/materialegislativa/2026/1037/ata_da_4_sessao_ordinaria_do_1p.pdf</t>
+  </si>
+  <si>
+    <t>Ata Eletrônica da 4ª Sessão Ordinária do 1º Período da 1° Sessão Legislativa da 15 Legislatura.</t>
+  </si>
+  <si>
+    <t>1043</t>
+  </si>
+  <si>
+    <t>5</t>
+  </si>
+  <si>
+    <t>https://sapl.chagrande.pe.leg.br/media/sapl/public/materialegislativa/2026/1043/ata_da_5_sessao_ordinaria_do_1p.pdf</t>
+  </si>
+  <si>
+    <t>Ata Eletrônica da 5ª Sessão Ordinária do 1º Período da 1° Sessão Legislativa da 15 Legislatura.</t>
+  </si>
+  <si>
+    <t>1052</t>
+  </si>
+  <si>
+    <t>6</t>
+  </si>
+  <si>
     <t>https://sapl.chagrande.pe.leg.br/media/</t>
   </si>
   <si>
-    <t>Ata Eletrônica da 1ª Sessão Ordinária do 1º Período da 1° Sessão Legislativa da 15 Legislatura.</t>
+    <t>Ata Eletrônica da 6ª Sessão Ordinária do 1º Período da 1° Sessão Legislativa da 15 Legislatura.</t>
+  </si>
+  <si>
+    <t>1065</t>
+  </si>
+  <si>
+    <t>7</t>
+  </si>
+  <si>
+    <t>Ata Eletrônica da 7ª Sessão Ordinária do 1º Período da 1° Sessão Legislativa da 15 Legislatura.</t>
   </si>
   <si>
     <t>998</t>
   </si>
   <si>
     <t>REQ</t>
   </si>
   <si>
     <t>Requerimento</t>
   </si>
   <si>
     <t>Nanato, Ademir Batista, Ceça da Saúde, Célia de Jaci, Flavio do Ovo, Jadinho Da Ceasa, Livia Campos, Ninha de Zé Maria, Ninho Mototaxi, Severino do Ovo, Wedson de Biu Beleu</t>
   </si>
   <si>
+    <t>https://sapl.chagrande.pe.leg.br/media/sapl/public/materialegislativa/2026/998/requerimento_n_01.2026.pdf</t>
+  </si>
+  <si>
     <t>VOTO DE MOÇÃO DE PARABÉNS a SRª. JUCINEIDE MARIA DE MELO, vereadora deste Município, pela passagem de seu aniversário no dia 03 de janeiro do corrente ano. (REQUERIMENTO VERBAL NA 1° SESSÃO ORDINÁRIA)</t>
   </si>
   <si>
     <t>999</t>
   </si>
   <si>
-    <t>2</t>
-[...1 lines deleted...]
-  <si>
     <t>Ninha de Zé Maria</t>
   </si>
   <si>
+    <t>https://sapl.chagrande.pe.leg.br/media/sapl/public/materialegislativa/2026/999/requerimento_n_02.2026.pdf</t>
+  </si>
+  <si>
     <t>VOTO DE MOÇÃO DE PARABÉNS ao SR. Antônio Jorge,  pela passagem de seu aniversário no dia 03 de janeiro do corrente ano.</t>
   </si>
   <si>
     <t>1003</t>
   </si>
   <si>
-    <t>3</t>
-[...1 lines deleted...]
-  <si>
     <t>Livia Campos</t>
   </si>
   <si>
+    <t>https://sapl.chagrande.pe.leg.br/media/sapl/public/materialegislativa/2026/1003/requerimenton_03.2026.pdf</t>
+  </si>
+  <si>
     <t>Requer VOTO DE MOÇÃO E APLAUSOS à Sra. Verônica Maria Lira da Silva, conhecida como “Ponca”, em reconhecimento ao relevante trabalho social desenvolvido por meio da organização do evento “Jantar dos Garis”, realizado anualmente. (REQUERIMENTO VERBAL NA 1° SESSÃO ORDINÁRIA)</t>
   </si>
   <si>
+    <t>1009</t>
+  </si>
+  <si>
+    <t>Livia Campos, Ademir Batista, Ceça da Saúde, Célia de Jaci, Flavio do Ovo, Jadinho Da Ceasa, Nanato, Ninha de Zé Maria, Ninho Mototaxi, Severino do Ovo, Wedson de Biu Beleu</t>
+  </si>
+  <si>
+    <t>https://sapl.chagrande.pe.leg.br/media/sapl/public/materialegislativa/2026/1009/requerimento_n_04.2026.pdf</t>
+  </si>
+  <si>
+    <t>VOTO DE MOÇÃO DE PARABÉNS à Sr. Eloysa Victoria Alexandre Soares, pela passagem do seu aniversário no dia 11 de janeiro do corrente ano._x000D_
+_x000D_
+_x000D_
+(Requerimento Verbal realizado na 2º Sessão Ordinária).</t>
+  </si>
+  <si>
+    <t>1010</t>
+  </si>
+  <si>
+    <t>Ademir Batista, Ceça da Saúde, Célia de Jaci, Flavio do Ovo, Jadinho Da Ceasa, Livia Campos, Nanato, Ninha de Zé Maria, Ninho Mototaxi, Severino do Ovo, Wedson de Biu Beleu</t>
+  </si>
+  <si>
+    <t>https://sapl.chagrande.pe.leg.br/media/sapl/public/materialegislativa/2026/1010/requerimento_n_05.2026.pdf</t>
+  </si>
+  <si>
+    <t>VOTO DE MOÇÃO DE PARABÉNS ao SR. Severino Manoel da Silva, pela passagem de seu aniversário no dia 14 de janeiro do corrente ano.</t>
+  </si>
+  <si>
+    <t>1011</t>
+  </si>
+  <si>
+    <t>Nanato</t>
+  </si>
+  <si>
+    <t>https://sapl.chagrande.pe.leg.br/media/sapl/public/materialegislativa/2026/1011/requerimento_n_06.2026.pdf</t>
+  </si>
+  <si>
+    <t>Requer Voto de MOÇÃO DE APLAUSOS ao ESPORTE CLUBE CAMELA pelo Campeonato Invicto da 2º Copa Tabocas._x000D_
+_x000D_
+(Requerimento Verbal realizado na 2º Sessão Ordinária).</t>
+  </si>
+  <si>
+    <t>1012</t>
+  </si>
+  <si>
+    <t>https://sapl.chagrande.pe.leg.br/media/sapl/public/materialegislativa/2026/1012/requerimento_n_07.2026.pdf</t>
+  </si>
+  <si>
+    <t>Voto de MOÇÃO DE PARABÉNS à Sra. LAFAELLE NATANY OLIVEIRA SILVA E SILVA, pela passagem de seu aniversário no dia 11 de janeiro do corrente ano._x000D_
+_x000D_
+_x000D_
+(Requerimento Oral solicitado na 2º Reunião Ordinária).</t>
+  </si>
+  <si>
+    <t>1021</t>
+  </si>
+  <si>
+    <t>8</t>
+  </si>
+  <si>
+    <t>Wedson de Biu Beleu</t>
+  </si>
+  <si>
+    <t>Requer Voto de MOÇÃO DE APLAUSOS ao Sr. Ricardo Sérgio de Araújo, Terceiro-Sargento da Polícia Militar do Estado de Pernambuco, pelo excelente serviço prestado à favor da população, destacando-se pela dedicação, profissionalismo, coragem e compromisso com a segurança do município de Chã Grande.</t>
+  </si>
+  <si>
+    <t>1022</t>
+  </si>
+  <si>
+    <t>9</t>
+  </si>
+  <si>
+    <t>https://sapl.chagrande.pe.leg.br/media/sapl/public/materialegislativa/2026/1022/requerimento_n_09.2026.pdf</t>
+  </si>
+  <si>
+    <t>Requer voto de MOÇÃO E APLAUSOS ao Padre Josivan Andrade e ao Padre Kléber Farias, pela brilhante realização do Festival de São Sebastião, promovido no município de Chã Grande, evento que fortaleceu a fé, a cultura e a tradição religiosa do nosso povo, reunindo a comunidade em um momento de devoção, confraternização e valorização das manifestações culturais locais, contribuindo significativamente para o fortalecimento dos laços comunitários e para a preservação da identidade religiosa e cultural do município. (VERBAL NA 3° SESSÃO ORDINÁRIA)</t>
+  </si>
+  <si>
+    <t>1024</t>
+  </si>
+  <si>
+    <t>10</t>
+  </si>
+  <si>
+    <t>Flavio do Ovo</t>
+  </si>
+  <si>
+    <t>Requer voto de Moção e Aplausos à Sr. Gabriela Virgínia da Conceição Silva, pelo relevante êxito acadêmico alcançado com a conclusão do curso de Bacharelado em Direito, resultado de dedicação, esforço e comprometimento ao longo de sua trajetória universitária.</t>
+  </si>
+  <si>
+    <t>1027</t>
+  </si>
+  <si>
+    <t>11</t>
+  </si>
+  <si>
+    <t>https://sapl.chagrande.pe.leg.br/media/sapl/public/materialegislativa/2026/1027/requerimento_n_11.2026.pdf</t>
+  </si>
+  <si>
+    <t>Que seja incluído no Regime de Urgência Simples o PROJETO DE LEI Nº 002, DE 08 DE JANEIRO DE 2026, “Reestrutura a Ouvidoria da Câmara Municipal de Vereadores de Chã Grande e dá outras providências”, DE AUTORIA DA MESA DIRETORA.</t>
+  </si>
+  <si>
+    <t>1028</t>
+  </si>
+  <si>
+    <t>12</t>
+  </si>
+  <si>
+    <t>https://sapl.chagrande.pe.leg.br/media/sapl/public/materialegislativa/2026/1028/requerimento_n_12.2026.pdf</t>
+  </si>
+  <si>
+    <t>Que seja incluído no Regime de Urgência Simples o PROJETO DE LEI Nº 003, DE 13 DE JANEIRO DE 2026, “Regulamenta a Lei nº 14.133, de 1º de abril de 2021, que dispõe sobre licitações e contratos administrativos, no âmbito do Poder Legislativo do Município de Chã Grande e dá outras providências”, DE AUTORIA DA MESA DIRETORA.</t>
+  </si>
+  <si>
+    <t>1029</t>
+  </si>
+  <si>
+    <t>13</t>
+  </si>
+  <si>
+    <t>https://sapl.chagrande.pe.leg.br/media/sapl/public/materialegislativa/2026/1029/requerimento_n_13.2026.pdf</t>
+  </si>
+  <si>
+    <t>Que seja incluído no Regime de Urgência Simples o PROJETO DE LEI Nº 001, DE 07 DE JANEIRO DE 2026, “Estabelece o salário mínimo dos servidores da Câmara Municipal de Vereadores de Chã Grande, para o exercício financeiro de 2026.”, DE AUTORIA DA MESA DIRETORA</t>
+  </si>
+  <si>
+    <t>1030</t>
+  </si>
+  <si>
+    <t>14</t>
+  </si>
+  <si>
+    <t>https://sapl.chagrande.pe.leg.br/media/sapl/public/materialegislativa/2026/1030/requerimento_n_14.2026.pdf</t>
+  </si>
+  <si>
+    <t>Que seja incluído no Regime de Urgência Simples o PROJETO DE LEI Nº 002, DE 02 DE JANEIRO DE 2026, “Dispõe sobre o salário mínimo dos servidores ativos e inativos do Município de Chã Grande/PE e dá outras providências.”, DE AUTORIA DO CHEFE DO PODER EXECUTIVO.</t>
+  </si>
+  <si>
+    <t>1031</t>
+  </si>
+  <si>
+    <t>15</t>
+  </si>
+  <si>
+    <t>https://sapl.chagrande.pe.leg.br/media/sapl/public/materialegislativa/2026/1031/requerimento_n_15.2026.pdf</t>
+  </si>
+  <si>
+    <t>Requer Voto de Moção de Aplausos aos Agentes Comunitários de Saúde (ACS), em reconhecimento ao relevante e exemplar trabalho desenvolvido em prol do município de Chã Grande, destacando-se pelo compromisso, dedicação e responsabilidade na promoção da saúde, no atendimento humanizado à população e na contribuição contínua para a melhoria da qualidade de vida dos munícipes.</t>
+  </si>
+  <si>
+    <t>1039</t>
+  </si>
+  <si>
+    <t>16</t>
+  </si>
+  <si>
+    <t>Requer Voto de MOÇÃO DE APLAUSOS ao Sr. Renato João dos Santos, diretor administrativo do Hospital Geral Alfredo Alves de Lima, em reconhecimento ao relevante trabalho desenvolvido no serviço médico do município de Chã Grande.</t>
+  </si>
+  <si>
+    <t>1040</t>
+  </si>
+  <si>
+    <t>17</t>
+  </si>
+  <si>
+    <t>Requer Voto de MOÇÃO DE APLAUSOS à Sra. Luciana Sebastiana da Silva, Secretária Adjunta de Saúde, em reconhecimento aos relevantes serviços prestados no fortalecimento das políticas públicas de saúde e no apoio à gestão do sistema municipal.</t>
+  </si>
+  <si>
+    <t>1041</t>
+  </si>
+  <si>
+    <t>18</t>
+  </si>
+  <si>
+    <t>Requer Voto de MOÇÃO DE APLAUSOS à Sra. Joseane Miguel Ismerio, Atendente do ambulatório, em reconhecimento ao trabalho exemplar e aos relevantes serviços prestados no atendimento direto à população.</t>
+  </si>
+  <si>
+    <t>1042</t>
+  </si>
+  <si>
+    <t>19</t>
+  </si>
+  <si>
+    <t>Requer Voto de MOÇÃO DE APLAUSOS ao Sr. Eudes Galdino da Silva, TEC de laboratório e flebotomista, em reconhecimento aos relevantes serviços prestados na área da saúde e à sua dedicação no atendimento à população.</t>
+  </si>
+  <si>
+    <t>1044</t>
+  </si>
+  <si>
+    <t>20</t>
+  </si>
+  <si>
+    <t>Célia de Jaci</t>
+  </si>
+  <si>
+    <t>https://sapl.chagrande.pe.leg.br/media/sapl/public/materialegislativa/2026/1044/requerimento_n_20.2026.pdf</t>
+  </si>
+  <si>
+    <t>Que seja incluído o Regime de Urgência Simples o PROJETO DE LEI Nº 003, DE 03 DE FEVEREIRO DE 2026, “ALTERA A LEI MUNICIPAL Nº 552/2010 E ALTERAÇÕES POSTERIORES, PARA ESTABELECER O REAJUSTE DO PISO SALARIAL DO MAGISTÉRIO E DE PARTE DOS PROFISSIONAIS DA EDUCAÇÃO BÁSICA DO MUNICÍPIO DE CHÃ GRANDE/PE, NO EXERCÍCIO DE 2026.”, DE AUTORIA DO CHEFE DO PODER EXECUTIVO,</t>
+  </si>
+  <si>
+    <t>1045</t>
+  </si>
+  <si>
+    <t>21</t>
+  </si>
+  <si>
+    <t>Requer Voto de MOÇÃO DE APLAUSOS à Sra. Joane Pereira da Silva Santos, Auxiliar Administrativa, lotada no setor de Tratamento Fora do Domicílio (TFD), em reconhecimento aos relevantes serviços prestados à população deste município._x000D_
+_x000D_
+Justificativa:_x000D_
+A presente Moção de Aplausos justifica-se pelo empenho, dedicação e responsabilidade com que a Sra. Joane Pereira da Silva Santos desempenha suas funções no setor de TFD, atuando com zelo, organização e sensibilidade no atendimento aos usuários que necessitam de encaminhamentos para tratamentos de saúde fora do município.</t>
+  </si>
+  <si>
+    <t>1046</t>
+  </si>
+  <si>
+    <t>22</t>
+  </si>
+  <si>
+    <t>Requer Voto de REPÚDIO pelo lamentável acontecimento envolvendo o Chefe do Poder Executivo, Sr. Sandro Corrêa dos Santos, e o Vereador Jardeson Carlos dos Santos, que foram agredidos ao tentarem impedir a realização de uma obra indevida, no exercício de suas atribuições legais e institucionais._x000D_
+(REQUERIMENTO VERBAL NA 6° SESSÃO ORDINÁRIA)</t>
+  </si>
+  <si>
+    <t>1048</t>
+  </si>
+  <si>
+    <t>23</t>
+  </si>
+  <si>
+    <t>Requer Voto de MOÇÃO DE APLAUSOS aos Agentes de Combates às Endemias (ACE), em reconhecimento ao relevante e dedicado serviço prestado em prol do município de Chã Grande, atuando com compromisso, responsabilidade e eficiência na prevenção, controle e combate às endemias, contribuindo de forma significativa para a promoção da saúde pública e a melhoria da qualidade de vida da população.</t>
+  </si>
+  <si>
+    <t>1055</t>
+  </si>
+  <si>
+    <t>24</t>
+  </si>
+  <si>
+    <t>Requer Voto de MOÇÃO DE APLAUSOS à Sra. Elma Albuquerque Santos, Diretora da Biblioteca, em reconhecimento ao relevante trabalho desempenhado à frente da instituição._x000D_
+_x000D_
+_x000D_
+_x000D_
+Justificativa:_x000D_
+A homenageada tem se destacado pela dedicação, responsabilidade e compromisso com a promoção da leitura, do conhecimento e da cultura em nossa comunidade. Sua atuação firme e organizada tem contribuído significativamente para o fortalecimento da educação e para a valorização do espaço da biblioteca como ambiente de aprendizado, inclusão e desenvolvimento social.</t>
+  </si>
+  <si>
+    <t>1060</t>
+  </si>
+  <si>
+    <t>25</t>
+  </si>
+  <si>
+    <t>Ademir Batista</t>
+  </si>
+  <si>
+    <t>Requer Voto de Moção de Aplausos à Igreja Batista em Chã Grande, em reconhecimento aos seus 72 anos de organização e relevantes serviços prestados à comunidade chã-grandense.</t>
+  </si>
+  <si>
     <t>994</t>
   </si>
   <si>
     <t>PDE</t>
   </si>
   <si>
     <t>Projeto de Lei do Executivo</t>
   </si>
   <si>
     <t>Sandro Correa dos Santos</t>
   </si>
   <si>
-    <t>https://sapl.chagrande.pe.leg.br/media/sapl/public/materialegislativa/2026/994/pl_0212025_marcha_para_jesus.pdf</t>
-[...1 lines deleted...]
-  <si>
     <t>INSTITUI O DIA DA MARCHA PARA JESUS NO ÂMBITO DO MUNICÍPIO DE CHÃ GRANDE E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>995</t>
   </si>
   <si>
-    <t>https://sapl.chagrande.pe.leg.br/media/sapl/public/materialegislativa/2026/995/pl_0012026_salario_minimo_prefeitura.pdf</t>
+    <t>https://sapl.chagrande.pe.leg.br/media/sapl/public/materialegislativa/2026/995/projeto_de_lei_executivon_002.2026.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE O SALÁRIO MÍNIMO DOS SERVIDORES ATIVOS E INATIVOS DO MUNICÍPIO DE CHÃ GRANDE/PE E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
+    <t>1038</t>
+  </si>
+  <si>
+    <t>https://sapl.chagrande.pe.leg.br/media/sapl/public/materialegislativa/2026/1038/pl_0032026_reajuste_magisterio_e_anexos.pdf</t>
+  </si>
+  <si>
+    <t>ALTERA A LEI MUNICIPAL Nº 552/2010 E ALTERAÇÕES POSTERIORES, PARA ESTABELECER O REAJUSTE DO PISO SALARIAL DO MAGISTÉRIO E DE PARTE DOS PROFISSIONAIS DA EDUCAÇÃO BÁSICA DO MUNICÍPIO DE CHÃ GRANDE/PE, NO EXERCÍCIO DE 2026.</t>
+  </si>
+  <si>
     <t>996</t>
   </si>
   <si>
     <t>PDL</t>
   </si>
   <si>
     <t>Projeto de Lei do Legislativo</t>
   </si>
   <si>
     <t>Ademir Batista, Célia de Jaci, Nanato</t>
   </si>
   <si>
+    <t>https://sapl.chagrande.pe.leg.br/media/sapl/public/materialegislativa/2026/996/projeto_de_lei_n_001.2026.pdf</t>
+  </si>
+  <si>
     <t>Estabelece o salário mínimo dos servidores da Câmara Municipal de Vereadores de Chã Grande, para o exercício financeiro de 2026.</t>
   </si>
   <si>
     <t>1006</t>
   </si>
   <si>
+    <t>https://sapl.chagrande.pe.leg.br/media/sapl/public/materialegislativa/2026/1006/projeto_de_lei_n_002.2026.pdf</t>
+  </si>
+  <si>
     <t>Reestrutura a Ouvidoria da Câmara Municipal de Vereadores de Chã Grande e dá outras providências.</t>
   </si>
   <si>
     <t>1007</t>
   </si>
   <si>
-    <t>DISPÕE SOBRE A CRIAÇÃO DO CARGO DE PROVIMENTO EM COMISSÃO DE DIRETOR DE COMPRAS NA ESTRTURA ADMINISTRATIVA DA CÂMARA MUNICIPAL DE CHÃ GRANDE/PE, EM CONFORMIDADE COM A LEI FEDERAL N° 14.133/2021, E DÁ OUTRAS PROVIDÊNCIAS.</t>
+    <t>https://sapl.chagrande.pe.leg.br/media/sapl/public/materialegislativa/2026/1007/indicacao_n_03.2026.pdf</t>
+  </si>
+  <si>
+    <t>Regulamenta a Lei nº 14.133, de 1º de abril de 2021, que dispõe sobre licitações e contratos administrativos, no âmbito do Poder Legislativo do Município de Chã Grande e dá outras providências.</t>
+  </si>
+  <si>
+    <t>1020</t>
+  </si>
+  <si>
+    <t>Jadinho Da Ceasa</t>
+  </si>
+  <si>
+    <t>Estabelece impedimento de contratação ou nomeação em cargos públicos, pelo Poder Executivo e pelo Poder Legislativo Municipal, as pessoas condenadas pelo crime de feminicídio e dá outras providências.</t>
   </si>
   <si>
     <t>997</t>
   </si>
   <si>
     <t>PR</t>
   </si>
   <si>
     <t>Projeto de Resolução</t>
   </si>
   <si>
     <t>Ceça da Saúde</t>
   </si>
   <si>
+    <t>https://sapl.chagrande.pe.leg.br/media/sapl/public/materialegislativa/2026/997/pr_n_01.2026.pdf</t>
+  </si>
+  <si>
     <t>Concede Título de Cidadão changrandense ao Sr. Eduardo Tertuliano do Nascimento.</t>
   </si>
   <si>
+    <t>1016</t>
+  </si>
+  <si>
+    <t>Ninho Mototaxi</t>
+  </si>
+  <si>
+    <t>https://sapl.chagrande.pe.leg.br/media/sapl/public/materialegislativa/2026/1016/pr_n_02.2026.pdf</t>
+  </si>
+  <si>
+    <t>CONCEDE TÍTULO DE CIDADÃO CHÃ GRANDENSE à Sra. Ileana Felix Pessoa de Melo Lapenda, pelos relevantes serviços prestados ao município de Chã Grande.</t>
+  </si>
+  <si>
+    <t>1017</t>
+  </si>
+  <si>
+    <t>https://sapl.chagrande.pe.leg.br/media/sapl/public/materialegislativa/2026/1017/pr_n_03.2026.pdf</t>
+  </si>
+  <si>
+    <t>CONCEDE TÍTULO DE CIDADÃO CHÃ GRANDENSE ao Sr. Jurailton Marques dos Santos, pelos relevantes serviços prestados ao município de Chã Grande.</t>
+  </si>
+  <si>
+    <t>1018</t>
+  </si>
+  <si>
+    <t>https://sapl.chagrande.pe.leg.br/media/sapl/public/materialegislativa/2026/1018/pr_n_04.2026.pdf</t>
+  </si>
+  <si>
+    <t>CONCEDE TÍTULO DE CIDADÃO CHÃ GRANDENSE à Sr. Maria de Lourdes Gomes de Sousa, pelos relevantes serviços prestados ao município de Chã Grande.</t>
+  </si>
+  <si>
+    <t>1056</t>
+  </si>
+  <si>
+    <t>CONCEDE TÍTULO DE CIDADÃO CHÃ GRANDENSE ao Sr. Antônio de Oliveira Junior, pelos relevantes serviços prestados ao município de Chã Grande.</t>
+  </si>
+  <si>
+    <t>1061</t>
+  </si>
+  <si>
+    <t>CONCEDE TÍTULO DE CIDADÃO CHÃ GRANDENSE Pr. Sandro Rosendo, pelos relevantes serviços prestados ao município de Chã Grande.</t>
+  </si>
+  <si>
+    <t>1063</t>
+  </si>
+  <si>
+    <t>CONCEDE TÍTULO DE CIDADÃO CHÃ GRANDENSE à Sra. Caroline Speroto Moreira, pelos relevantes serviços prestados ao município de Chã Grande.</t>
+  </si>
+  <si>
+    <t>1064</t>
+  </si>
+  <si>
+    <t>CONCEDE TÍTULO DE CIDADÃO CHÃ GRANDENSE ao Sr. João Cleriston de Figueiredo Lucena, pelos relevantes serviços prestados ao município de Chã Grande.</t>
+  </si>
+  <si>
     <t>1000</t>
   </si>
   <si>
     <t>IND</t>
   </si>
   <si>
     <t>Indicação</t>
   </si>
   <si>
-    <t>Flavio do Ovo</t>
+    <t>https://sapl.chagrande.pe.leg.br/media/sapl/public/materialegislativa/2026/1000/indicacao_n_01.2026.pdf</t>
   </si>
   <si>
     <t>Solicita que seja providenciado a MANUTENÇÃO DA ILUMINAÇÃO no Sítio Lajedo Grande, neste município.</t>
   </si>
   <si>
     <t>1001</t>
   </si>
   <si>
+    <t>https://sapl.chagrande.pe.leg.br/media/sapl/public/materialegislativa/2026/1001/indicacao_n_02.2026.pdf</t>
+  </si>
+  <si>
     <t>Solicita que seja providenciado a MANUTENÇÃO DA ILUMINAÇÃO no sítio Muxoxo, neste município.</t>
   </si>
   <si>
     <t>1002</t>
   </si>
   <si>
+    <t>https://sapl.chagrande.pe.leg.br/media/sapl/public/materialegislativa/2026/1002/indicacao_n_03.2026.pdf</t>
+  </si>
+  <si>
     <t>Solicita que seja providenciado a MANUTENÇÃO DA ILUMINAÇÃO no sítio dos Guerreiros, neste município.</t>
   </si>
   <si>
     <t>1005</t>
   </si>
   <si>
-    <t>4</t>
-[...2 lines deleted...]
-    <t>Nanato</t>
+    <t>https://sapl.chagrande.pe.leg.br/media/sapl/public/materialegislativa/2026/1005/indicacao_n_04.2026.pdf</t>
   </si>
   <si>
     <t>Solicita que seja providenciada estudos técnicos e providências necessárias para a implantação do SESB – Serviço de Especialidades em Saúde Bucal no município.</t>
+  </si>
+  <si>
+    <t>1014</t>
+  </si>
+  <si>
+    <t>Solicito que seja providenciado a construção de duas lombadas na Rua Joaquim Francisco dos Santos, Bairro Don Hélder Câmara, zona urbana deste município.</t>
+  </si>
+  <si>
+    <t>1023</t>
+  </si>
+  <si>
+    <t>Solicito que seja providenciada a implantação de uma clínica de reabilitação especializada no tratamento médico, psicológico e social de dependentes químicos e alcoólatras, com o objetivo de oferecer atendimento humanizado, acompanhamento adequado e contribuir para a recuperação, reinserção social e melhoria da qualidade de vida dessas pessoas.</t>
+  </si>
+  <si>
+    <t>1025</t>
+  </si>
+  <si>
+    <t>Indica que seja providenciada a continuidade do calçamento do sítio Mutuns, neste município.</t>
+  </si>
+  <si>
+    <t>1032</t>
+  </si>
+  <si>
+    <t>Solicito que seja providenciado a criação de Cursos pré-vestibulares gratuitos no município de Chã Grande. (Esta indicação está renovando um pedido feito ao Prefeito em 2025).</t>
+  </si>
+  <si>
+    <t>1033</t>
+  </si>
+  <si>
+    <t>https://sapl.chagrande.pe.leg.br/media/sapl/public/materialegislativa/2026/1033/indicacao_n_09.2026.pdf</t>
+  </si>
+  <si>
+    <t>Solicito que seja providenciado a reforma, requalificação do mercado público, tarimbas com ganchos de inox, balcões frios e fardamentos.  (Esta indicação está renovando um pedido feito ao Prefeito em 2025).</t>
+  </si>
+  <si>
+    <t>1034</t>
+  </si>
+  <si>
+    <t>https://sapl.chagrande.pe.leg.br/media/sapl/public/materialegislativa/2026/1034/indicacao_n_10.2026.pdf</t>
+  </si>
+  <si>
+    <t>Solicito que seja providenciado o calçamento, saneamento e urbanismo, da rua Antônio Francisco dos Santos, bairro da Camela, por trás do beco da facada, neste município. (Esta indicação está renovando um pedido feito ao Prefeito em 2025).</t>
+  </si>
+  <si>
+    <t>1035</t>
+  </si>
+  <si>
+    <t>https://sapl.chagrande.pe.leg.br/media/sapl/public/materialegislativa/2026/1035/indicacao_n_11.2026.pdf</t>
+  </si>
+  <si>
+    <t>Solicito que seja providenciado, pelo Poder Executivo Municipal, por meio da Secretaria Municipal de Educação, a disponibilização de capas de chuva aos alunos da rede pública municipal de ensino durante o período de inverno, especialmente nos meses de maior incidência de chuvas.</t>
+  </si>
+  <si>
+    <t>1036</t>
+  </si>
+  <si>
+    <t>https://sapl.chagrande.pe.leg.br/media/sapl/public/materialegislativa/2026/1036/indicacao_n_12.2026.pdf</t>
+  </si>
+  <si>
+    <t>Solicito que seja providenciado a implantação e/ou estruturação da Trilha dos Caldeirões, localizada no município de Chã Grande – PE.</t>
+  </si>
+  <si>
+    <t>1047</t>
+  </si>
+  <si>
+    <t>Solicito que seja providenciado a construção do calçamento do Sítio Palmeiras, zona rural deste município.</t>
+  </si>
+  <si>
+    <t>1049</t>
+  </si>
+  <si>
+    <t>Solicito que seja providenciada a implantação de uma coletora de lixo, ao lado da ponte do sítio Rachão mumbucas, próximo a entrada da Fazenda Verdão. (Esta indicação está renovando um pedido feito ao Prefeito em 2025).</t>
+  </si>
+  <si>
+    <t>1050</t>
+  </si>
+  <si>
+    <t>Solicito que seja providenciada a aquisição de pedra rachão, para construção de um muro de arrimo, ao lado da Ponte do Sítio Rachão Mumbucas, próximo a entrada da Fazenda Verdão. (Esta indicação está renovando um pedido feito ao Prefeito em 2025).</t>
+  </si>
+  <si>
+    <t>1053</t>
+  </si>
+  <si>
+    <t>Solicito que seja providenciado a CONSTRUÇÃO DE PAVIMENTAÇÃO da estrada onde se localiza a casa do ex-vereador Anderson de Agrício até o sítio Guerreiros.</t>
+  </si>
+  <si>
+    <t>1054</t>
+  </si>
+  <si>
+    <t>Solicito que seja providenciado a construção de um Pórtico na entrada do sítio Lajedo Grande, às margens da PE-71. Com os nomes das comunidades de: Muxoxo, Catolé e Guerreiros.</t>
+  </si>
+  <si>
+    <t>1057</t>
+  </si>
+  <si>
+    <t>Solicita por meio da Secretaria competente:_x000D_
+	1.	Informações detalhadas acerca das condições atuais da frota de ônibus escolares do município;_x000D_
+	2.	Relatório de manutenção preventiva e corretiva realizada nos últimos 12 meses;_x000D_
+	3.	Cronograma de revisões e inspeções técnicas;_x000D_
+	4.	Autorização para realização de visita técnica desta vereadora, acompanhada de profissional habilitado, à garagem municipal onde se encontram os referidos veículos._x000D_
+_x000D_
+JUSTIFICATIVA: Diante da necessidade de fiscalização do serviço público, especialmente após relatos recentes envolvendo falhas mecânicas em transporte escolar, visando garantir a segurança dos estudantes do município.</t>
+  </si>
+  <si>
+    <t>1058</t>
+  </si>
+  <si>
+    <t>Solicita que seja providenciado o calçamento, saneamento e urbanismo da Travessa Da Piedade. ( Descendo a ladeira do cartório), neste município.</t>
+  </si>
+  <si>
+    <t>1059</t>
+  </si>
+  <si>
+    <t>Solicito que seja providenciado o saneamento básico da Travessa São Jorge, neste município.</t>
+  </si>
+  <si>
+    <t>1062</t>
+  </si>
+  <si>
+    <t>Solicito que seja providenciado a construção de um Parque, para realização de corridas e outros esportes, além de proporcionar lazer, bem-estar e qualidade de vida à população deste município, criando um espaço adequado para a prática de atividades físicas, convivência social e integração comunitária, contribuindo também para a valorização urbana e para a promoção da saúde pública.</t>
+  </si>
+  <si>
+    <t>1066</t>
+  </si>
+  <si>
+    <t>Solicita que seja providenciada, junto ao setor competente, a Regularização Fundiária dos Imóveis localizados no Bairro Padre Cicero, da Rodoviária até_x000D_
+Juvenal do Gás, neste município. (Esta indicação está renovando um pedido feito ao Prefeito em 2025).</t>
+  </si>
+  <si>
+    <t>1067</t>
+  </si>
+  <si>
+    <t>Solicita que seja providenciada, junto ao setor competente, a Regularização Fundiária dos Imóveis localizados nos Bairros Newton Carneiro 1 e Newton_x000D_
+Carneiro 2, neste município. (Esta indicação está renovando um pedido feito ao Prefeito em 2025).</t>
+  </si>
+  <si>
+    <t>1068</t>
+  </si>
+  <si>
+    <t>Solicita que seja providenciada, junto ao setor competente, a Regularização Fundiária dos Imóveis localizados no Bairro conhecido como "Matadouro",_x000D_
+neste município. (Esta indicação está renovando um pedido feito ao Prefeito em 2025).</t>
+  </si>
+  <si>
+    <t>1069</t>
+  </si>
+  <si>
+    <t>Solicita que seja analisada, junto ao setor competente, a possibilidade de implantar corrimãos em todas as escadarias do município. (Esta indicação está renovando um pedido feito ao Prefeito em 2025).</t>
+  </si>
+  <si>
+    <t>1051</t>
+  </si>
+  <si>
+    <t>PDEL</t>
+  </si>
+  <si>
+    <t>Projeto de Decreto Legislativo</t>
+  </si>
+  <si>
+    <t>Concede Título Honorifico de "Comendador" ao Sr. JOSÉ HENRIQUE DA SILVA, que receberá a "Comenda José Pereira Lins" e dá outras providências.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
@@ -549,67 +1121,67 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.chagrande.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.chagrande.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.chagrande.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.chagrande.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.chagrande.pe.leg.br/media/sapl/public/materialegislativa/2026/994/pl_0212025_marcha_para_jesus.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.chagrande.pe.leg.br/media/sapl/public/materialegislativa/2026/995/pl_0012026_salario_minimo_prefeitura.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.chagrande.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.chagrande.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.chagrande.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.chagrande.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.chagrande.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.chagrande.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.chagrande.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.chagrande.pe.leg.br/media/" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.chagrande.pe.leg.br/media/sapl/public/materialegislativa/2026/1004/ata_eletronica_da_1_sessao_ordinaria_do_1p_de_2026.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.chagrande.pe.leg.br/media/sapl/public/materialegislativa/2026/1019/ata_eletronica_da_2_sessao_ordinaria_do_1p_de_2026.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.chagrande.pe.leg.br/media/sapl/public/materialegislativa/2026/1026/ata_eletronica_da_3_sessao_ordinaria_do_1p_de_2026.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.chagrande.pe.leg.br/media/sapl/public/materialegislativa/2026/1037/ata_da_4_sessao_ordinaria_do_1p.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.chagrande.pe.leg.br/media/sapl/public/materialegislativa/2026/1043/ata_da_5_sessao_ordinaria_do_1p.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.chagrande.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.chagrande.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.chagrande.pe.leg.br/media/sapl/public/materialegislativa/2026/998/requerimento_n_01.2026.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.chagrande.pe.leg.br/media/sapl/public/materialegislativa/2026/999/requerimento_n_02.2026.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.chagrande.pe.leg.br/media/sapl/public/materialegislativa/2026/1003/requerimenton_03.2026.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.chagrande.pe.leg.br/media/sapl/public/materialegislativa/2026/1009/requerimento_n_04.2026.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.chagrande.pe.leg.br/media/sapl/public/materialegislativa/2026/1010/requerimento_n_05.2026.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.chagrande.pe.leg.br/media/sapl/public/materialegislativa/2026/1011/requerimento_n_06.2026.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.chagrande.pe.leg.br/media/sapl/public/materialegislativa/2026/1012/requerimento_n_07.2026.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.chagrande.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.chagrande.pe.leg.br/media/sapl/public/materialegislativa/2026/1022/requerimento_n_09.2026.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.chagrande.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.chagrande.pe.leg.br/media/sapl/public/materialegislativa/2026/1027/requerimento_n_11.2026.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.chagrande.pe.leg.br/media/sapl/public/materialegislativa/2026/1028/requerimento_n_12.2026.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.chagrande.pe.leg.br/media/sapl/public/materialegislativa/2026/1029/requerimento_n_13.2026.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.chagrande.pe.leg.br/media/sapl/public/materialegislativa/2026/1030/requerimento_n_14.2026.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.chagrande.pe.leg.br/media/sapl/public/materialegislativa/2026/1031/requerimento_n_15.2026.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.chagrande.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.chagrande.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.chagrande.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.chagrande.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.chagrande.pe.leg.br/media/sapl/public/materialegislativa/2026/1044/requerimento_n_20.2026.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.chagrande.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.chagrande.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.chagrande.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.chagrande.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.chagrande.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.chagrande.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.chagrande.pe.leg.br/media/sapl/public/materialegislativa/2026/995/projeto_de_lei_executivon_002.2026.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.chagrande.pe.leg.br/media/sapl/public/materialegislativa/2026/1038/pl_0032026_reajuste_magisterio_e_anexos.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.chagrande.pe.leg.br/media/sapl/public/materialegislativa/2026/996/projeto_de_lei_n_001.2026.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.chagrande.pe.leg.br/media/sapl/public/materialegislativa/2026/1006/projeto_de_lei_n_002.2026.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.chagrande.pe.leg.br/media/sapl/public/materialegislativa/2026/1007/indicacao_n_03.2026.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.chagrande.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.chagrande.pe.leg.br/media/sapl/public/materialegislativa/2026/997/pr_n_01.2026.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.chagrande.pe.leg.br/media/sapl/public/materialegislativa/2026/1016/pr_n_02.2026.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.chagrande.pe.leg.br/media/sapl/public/materialegislativa/2026/1017/pr_n_03.2026.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.chagrande.pe.leg.br/media/sapl/public/materialegislativa/2026/1018/pr_n_04.2026.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.chagrande.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.chagrande.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.chagrande.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.chagrande.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.chagrande.pe.leg.br/media/sapl/public/materialegislativa/2026/1000/indicacao_n_01.2026.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.chagrande.pe.leg.br/media/sapl/public/materialegislativa/2026/1001/indicacao_n_02.2026.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.chagrande.pe.leg.br/media/sapl/public/materialegislativa/2026/1002/indicacao_n_03.2026.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.chagrande.pe.leg.br/media/sapl/public/materialegislativa/2026/1005/indicacao_n_04.2026.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.chagrande.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.chagrande.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.chagrande.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.chagrande.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.chagrande.pe.leg.br/media/sapl/public/materialegislativa/2026/1033/indicacao_n_09.2026.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.chagrande.pe.leg.br/media/sapl/public/materialegislativa/2026/1034/indicacao_n_10.2026.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.chagrande.pe.leg.br/media/sapl/public/materialegislativa/2026/1035/indicacao_n_11.2026.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.chagrande.pe.leg.br/media/sapl/public/materialegislativa/2026/1036/indicacao_n_12.2026.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.chagrande.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.chagrande.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.chagrande.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.chagrande.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.chagrande.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.chagrande.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.chagrande.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.chagrande.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.chagrande.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.chagrande.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.chagrande.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.chagrande.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.chagrande.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.chagrande.pe.leg.br/media/" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
-  <dimension ref="A1:H15"/>
+  <dimension ref="A1:H74"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="34.28515625" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="155.85546875" bestFit="1" customWidth="1"/>
-    <col min="7" max="7" width="111.140625" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="126.140625" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="255.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
@@ -626,396 +1198,1971 @@
       </c>
       <c r="C2" t="s">
         <v>10</v>
       </c>
       <c r="D2" t="s">
         <v>11</v>
       </c>
       <c r="E2" t="s">
         <v>12</v>
       </c>
       <c r="G2" s="1" t="s">
         <v>13</v>
       </c>
       <c r="H2" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="3" spans="1:8">
       <c r="A3" t="s">
         <v>15</v>
       </c>
       <c r="B3" t="s">
         <v>9</v>
       </c>
       <c r="C3" t="s">
-        <v>10</v>
+        <v>16</v>
       </c>
       <c r="D3" t="s">
-        <v>16</v>
+        <v>11</v>
       </c>
       <c r="E3" t="s">
+        <v>12</v>
+      </c>
+      <c r="G3" s="1" t="s">
         <v>17</v>
       </c>
-      <c r="F3" t="s">
+      <c r="H3" t="s">
         <v>18</v>
-      </c>
-[...4 lines deleted...]
-        <v>19</v>
       </c>
     </row>
     <row r="4" spans="1:8">
       <c r="A4" t="s">
+        <v>19</v>
+      </c>
+      <c r="B4" t="s">
+        <v>9</v>
+      </c>
+      <c r="C4" t="s">
         <v>20</v>
       </c>
-      <c r="B4" t="s">
-[...2 lines deleted...]
-      <c r="C4" t="s">
+      <c r="D4" t="s">
+        <v>11</v>
+      </c>
+      <c r="E4" t="s">
+        <v>12</v>
+      </c>
+      <c r="G4" s="1" t="s">
         <v>21</v>
       </c>
-      <c r="D4" t="s">
-[...5 lines deleted...]
-      <c r="F4" t="s">
+      <c r="H4" t="s">
         <v>22</v>
-      </c>
-[...4 lines deleted...]
-        <v>23</v>
       </c>
     </row>
     <row r="5" spans="1:8">
       <c r="A5" t="s">
+        <v>23</v>
+      </c>
+      <c r="B5" t="s">
+        <v>9</v>
+      </c>
+      <c r="C5" t="s">
         <v>24</v>
       </c>
-      <c r="B5" t="s">
-[...2 lines deleted...]
-      <c r="C5" t="s">
+      <c r="D5" t="s">
+        <v>11</v>
+      </c>
+      <c r="E5" t="s">
+        <v>12</v>
+      </c>
+      <c r="G5" s="1" t="s">
         <v>25</v>
       </c>
-      <c r="D5" t="s">
-[...5 lines deleted...]
-      <c r="F5" t="s">
+      <c r="H5" t="s">
         <v>26</v>
-      </c>
-[...4 lines deleted...]
-        <v>27</v>
       </c>
     </row>
     <row r="6" spans="1:8">
       <c r="A6" t="s">
+        <v>27</v>
+      </c>
+      <c r="B6" t="s">
+        <v>9</v>
+      </c>
+      <c r="C6" t="s">
         <v>28</v>
       </c>
-      <c r="B6" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D6" t="s">
+        <v>11</v>
+      </c>
+      <c r="E6" t="s">
+        <v>12</v>
+      </c>
+      <c r="G6" s="1" t="s">
         <v>29</v>
       </c>
-      <c r="E6" t="s">
+      <c r="H6" t="s">
         <v>30</v>
-      </c>
-[...7 lines deleted...]
-        <v>33</v>
       </c>
     </row>
     <row r="7" spans="1:8">
       <c r="A7" t="s">
+        <v>31</v>
+      </c>
+      <c r="B7" t="s">
+        <v>9</v>
+      </c>
+      <c r="C7" t="s">
+        <v>32</v>
+      </c>
+      <c r="D7" t="s">
+        <v>11</v>
+      </c>
+      <c r="E7" t="s">
+        <v>12</v>
+      </c>
+      <c r="G7" s="1" t="s">
+        <v>33</v>
+      </c>
+      <c r="H7" t="s">
         <v>34</v>
-      </c>
-[...19 lines deleted...]
-        <v>36</v>
       </c>
     </row>
     <row r="8" spans="1:8">
       <c r="A8" t="s">
+        <v>35</v>
+      </c>
+      <c r="B8" t="s">
+        <v>9</v>
+      </c>
+      <c r="C8" t="s">
+        <v>36</v>
+      </c>
+      <c r="D8" t="s">
+        <v>11</v>
+      </c>
+      <c r="E8" t="s">
+        <v>12</v>
+      </c>
+      <c r="G8" s="1" t="s">
+        <v>33</v>
+      </c>
+      <c r="H8" t="s">
         <v>37</v>
-      </c>
-[...19 lines deleted...]
-        <v>41</v>
       </c>
     </row>
     <row r="9" spans="1:8">
       <c r="A9" t="s">
+        <v>38</v>
+      </c>
+      <c r="B9" t="s">
+        <v>9</v>
+      </c>
+      <c r="C9" t="s">
+        <v>10</v>
+      </c>
+      <c r="D9" t="s">
+        <v>39</v>
+      </c>
+      <c r="E9" t="s">
+        <v>40</v>
+      </c>
+      <c r="F9" t="s">
+        <v>41</v>
+      </c>
+      <c r="G9" s="1" t="s">
         <v>42</v>
-      </c>
-[...16 lines deleted...]
-        <v>13</v>
       </c>
       <c r="H9" t="s">
         <v>43</v>
       </c>
     </row>
     <row r="10" spans="1:8">
       <c r="A10" t="s">
         <v>44</v>
       </c>
       <c r="B10" t="s">
         <v>9</v>
       </c>
       <c r="C10" t="s">
-        <v>25</v>
+        <v>16</v>
       </c>
       <c r="D10" t="s">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="E10" t="s">
-        <v>39</v>
+        <v>40</v>
       </c>
       <c r="F10" t="s">
-        <v>40</v>
+        <v>45</v>
       </c>
       <c r="G10" s="1" t="s">
-        <v>13</v>
+        <v>46</v>
       </c>
       <c r="H10" t="s">
-        <v>45</v>
+        <v>47</v>
       </c>
     </row>
     <row r="11" spans="1:8">
       <c r="A11" t="s">
-        <v>46</v>
+        <v>48</v>
       </c>
       <c r="B11" t="s">
         <v>9</v>
       </c>
       <c r="C11" t="s">
-        <v>10</v>
+        <v>20</v>
       </c>
       <c r="D11" t="s">
-        <v>47</v>
+        <v>39</v>
       </c>
       <c r="E11" t="s">
-        <v>48</v>
+        <v>40</v>
       </c>
       <c r="F11" t="s">
         <v>49</v>
       </c>
       <c r="G11" s="1" t="s">
-        <v>13</v>
+        <v>50</v>
       </c>
       <c r="H11" t="s">
-        <v>50</v>
+        <v>51</v>
       </c>
     </row>
     <row r="12" spans="1:8">
       <c r="A12" t="s">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="B12" t="s">
         <v>9</v>
       </c>
       <c r="C12" t="s">
-        <v>10</v>
+        <v>24</v>
       </c>
       <c r="D12" t="s">
-        <v>52</v>
+        <v>39</v>
       </c>
       <c r="E12" t="s">
+        <v>40</v>
+      </c>
+      <c r="F12" t="s">
         <v>53</v>
       </c>
-      <c r="F12" t="s">
+      <c r="G12" s="1" t="s">
         <v>54</v>
-      </c>
-[...1 lines deleted...]
-        <v>13</v>
       </c>
       <c r="H12" t="s">
         <v>55</v>
       </c>
     </row>
     <row r="13" spans="1:8">
       <c r="A13" t="s">
         <v>56</v>
       </c>
       <c r="B13" t="s">
         <v>9</v>
       </c>
       <c r="C13" t="s">
-        <v>21</v>
+        <v>28</v>
       </c>
       <c r="D13" t="s">
-        <v>52</v>
+        <v>39</v>
       </c>
       <c r="E13" t="s">
-        <v>53</v>
+        <v>40</v>
       </c>
       <c r="F13" t="s">
-        <v>54</v>
+        <v>57</v>
       </c>
       <c r="G13" s="1" t="s">
-        <v>13</v>
+        <v>58</v>
       </c>
       <c r="H13" t="s">
-        <v>57</v>
+        <v>59</v>
       </c>
     </row>
     <row r="14" spans="1:8">
       <c r="A14" t="s">
-        <v>58</v>
+        <v>60</v>
       </c>
       <c r="B14" t="s">
         <v>9</v>
       </c>
       <c r="C14" t="s">
-        <v>25</v>
+        <v>32</v>
       </c>
       <c r="D14" t="s">
-        <v>52</v>
+        <v>39</v>
       </c>
       <c r="E14" t="s">
-        <v>53</v>
+        <v>40</v>
       </c>
       <c r="F14" t="s">
-        <v>54</v>
+        <v>61</v>
       </c>
       <c r="G14" s="1" t="s">
-        <v>13</v>
+        <v>62</v>
       </c>
       <c r="H14" t="s">
-        <v>59</v>
+        <v>63</v>
       </c>
     </row>
     <row r="15" spans="1:8">
       <c r="A15" t="s">
-        <v>60</v>
+        <v>64</v>
       </c>
       <c r="B15" t="s">
         <v>9</v>
       </c>
       <c r="C15" t="s">
+        <v>36</v>
+      </c>
+      <c r="D15" t="s">
+        <v>39</v>
+      </c>
+      <c r="E15" t="s">
+        <v>40</v>
+      </c>
+      <c r="F15" t="s">
         <v>61</v>
       </c>
-      <c r="D15" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="G15" s="1" t="s">
-        <v>13</v>
+        <v>65</v>
       </c>
       <c r="H15" t="s">
-        <v>63</v>
+        <v>66</v>
+      </c>
+    </row>
+    <row r="16" spans="1:8">
+      <c r="A16" t="s">
+        <v>67</v>
+      </c>
+      <c r="B16" t="s">
+        <v>9</v>
+      </c>
+      <c r="C16" t="s">
+        <v>68</v>
+      </c>
+      <c r="D16" t="s">
+        <v>39</v>
+      </c>
+      <c r="E16" t="s">
+        <v>40</v>
+      </c>
+      <c r="F16" t="s">
+        <v>69</v>
+      </c>
+      <c r="G16" s="1" t="s">
+        <v>33</v>
+      </c>
+      <c r="H16" t="s">
+        <v>70</v>
+      </c>
+    </row>
+    <row r="17" spans="1:8">
+      <c r="A17" t="s">
+        <v>71</v>
+      </c>
+      <c r="B17" t="s">
+        <v>9</v>
+      </c>
+      <c r="C17" t="s">
+        <v>72</v>
+      </c>
+      <c r="D17" t="s">
+        <v>39</v>
+      </c>
+      <c r="E17" t="s">
+        <v>40</v>
+      </c>
+      <c r="F17" t="s">
+        <v>61</v>
+      </c>
+      <c r="G17" s="1" t="s">
+        <v>73</v>
+      </c>
+      <c r="H17" t="s">
+        <v>74</v>
+      </c>
+    </row>
+    <row r="18" spans="1:8">
+      <c r="A18" t="s">
+        <v>75</v>
+      </c>
+      <c r="B18" t="s">
+        <v>9</v>
+      </c>
+      <c r="C18" t="s">
+        <v>76</v>
+      </c>
+      <c r="D18" t="s">
+        <v>39</v>
+      </c>
+      <c r="E18" t="s">
+        <v>40</v>
+      </c>
+      <c r="F18" t="s">
+        <v>77</v>
+      </c>
+      <c r="G18" s="1" t="s">
+        <v>33</v>
+      </c>
+      <c r="H18" t="s">
+        <v>78</v>
+      </c>
+    </row>
+    <row r="19" spans="1:8">
+      <c r="A19" t="s">
+        <v>79</v>
+      </c>
+      <c r="B19" t="s">
+        <v>9</v>
+      </c>
+      <c r="C19" t="s">
+        <v>80</v>
+      </c>
+      <c r="D19" t="s">
+        <v>39</v>
+      </c>
+      <c r="E19" t="s">
+        <v>40</v>
+      </c>
+      <c r="F19" t="s">
+        <v>61</v>
+      </c>
+      <c r="G19" s="1" t="s">
+        <v>81</v>
+      </c>
+      <c r="H19" t="s">
+        <v>82</v>
+      </c>
+    </row>
+    <row r="20" spans="1:8">
+      <c r="A20" t="s">
+        <v>83</v>
+      </c>
+      <c r="B20" t="s">
+        <v>9</v>
+      </c>
+      <c r="C20" t="s">
+        <v>84</v>
+      </c>
+      <c r="D20" t="s">
+        <v>39</v>
+      </c>
+      <c r="E20" t="s">
+        <v>40</v>
+      </c>
+      <c r="F20" t="s">
+        <v>61</v>
+      </c>
+      <c r="G20" s="1" t="s">
+        <v>85</v>
+      </c>
+      <c r="H20" t="s">
+        <v>86</v>
+      </c>
+    </row>
+    <row r="21" spans="1:8">
+      <c r="A21" t="s">
+        <v>87</v>
+      </c>
+      <c r="B21" t="s">
+        <v>9</v>
+      </c>
+      <c r="C21" t="s">
+        <v>88</v>
+      </c>
+      <c r="D21" t="s">
+        <v>39</v>
+      </c>
+      <c r="E21" t="s">
+        <v>40</v>
+      </c>
+      <c r="F21" t="s">
+        <v>61</v>
+      </c>
+      <c r="G21" s="1" t="s">
+        <v>89</v>
+      </c>
+      <c r="H21" t="s">
+        <v>90</v>
+      </c>
+    </row>
+    <row r="22" spans="1:8">
+      <c r="A22" t="s">
+        <v>91</v>
+      </c>
+      <c r="B22" t="s">
+        <v>9</v>
+      </c>
+      <c r="C22" t="s">
+        <v>92</v>
+      </c>
+      <c r="D22" t="s">
+        <v>39</v>
+      </c>
+      <c r="E22" t="s">
+        <v>40</v>
+      </c>
+      <c r="F22" t="s">
+        <v>61</v>
+      </c>
+      <c r="G22" s="1" t="s">
+        <v>93</v>
+      </c>
+      <c r="H22" t="s">
+        <v>94</v>
+      </c>
+    </row>
+    <row r="23" spans="1:8">
+      <c r="A23" t="s">
+        <v>95</v>
+      </c>
+      <c r="B23" t="s">
+        <v>9</v>
+      </c>
+      <c r="C23" t="s">
+        <v>96</v>
+      </c>
+      <c r="D23" t="s">
+        <v>39</v>
+      </c>
+      <c r="E23" t="s">
+        <v>40</v>
+      </c>
+      <c r="F23" t="s">
+        <v>45</v>
+      </c>
+      <c r="G23" s="1" t="s">
+        <v>97</v>
+      </c>
+      <c r="H23" t="s">
+        <v>98</v>
+      </c>
+    </row>
+    <row r="24" spans="1:8">
+      <c r="A24" t="s">
+        <v>99</v>
+      </c>
+      <c r="B24" t="s">
+        <v>9</v>
+      </c>
+      <c r="C24" t="s">
+        <v>100</v>
+      </c>
+      <c r="D24" t="s">
+        <v>39</v>
+      </c>
+      <c r="E24" t="s">
+        <v>40</v>
+      </c>
+      <c r="F24" t="s">
+        <v>45</v>
+      </c>
+      <c r="G24" s="1" t="s">
+        <v>33</v>
+      </c>
+      <c r="H24" t="s">
+        <v>101</v>
+      </c>
+    </row>
+    <row r="25" spans="1:8">
+      <c r="A25" t="s">
+        <v>102</v>
+      </c>
+      <c r="B25" t="s">
+        <v>9</v>
+      </c>
+      <c r="C25" t="s">
+        <v>103</v>
+      </c>
+      <c r="D25" t="s">
+        <v>39</v>
+      </c>
+      <c r="E25" t="s">
+        <v>40</v>
+      </c>
+      <c r="F25" t="s">
+        <v>45</v>
+      </c>
+      <c r="G25" s="1" t="s">
+        <v>33</v>
+      </c>
+      <c r="H25" t="s">
+        <v>104</v>
+      </c>
+    </row>
+    <row r="26" spans="1:8">
+      <c r="A26" t="s">
+        <v>105</v>
+      </c>
+      <c r="B26" t="s">
+        <v>9</v>
+      </c>
+      <c r="C26" t="s">
+        <v>106</v>
+      </c>
+      <c r="D26" t="s">
+        <v>39</v>
+      </c>
+      <c r="E26" t="s">
+        <v>40</v>
+      </c>
+      <c r="F26" t="s">
+        <v>45</v>
+      </c>
+      <c r="G26" s="1" t="s">
+        <v>33</v>
+      </c>
+      <c r="H26" t="s">
+        <v>107</v>
+      </c>
+    </row>
+    <row r="27" spans="1:8">
+      <c r="A27" t="s">
+        <v>108</v>
+      </c>
+      <c r="B27" t="s">
+        <v>9</v>
+      </c>
+      <c r="C27" t="s">
+        <v>109</v>
+      </c>
+      <c r="D27" t="s">
+        <v>39</v>
+      </c>
+      <c r="E27" t="s">
+        <v>40</v>
+      </c>
+      <c r="F27" t="s">
+        <v>45</v>
+      </c>
+      <c r="G27" s="1" t="s">
+        <v>33</v>
+      </c>
+      <c r="H27" t="s">
+        <v>110</v>
+      </c>
+    </row>
+    <row r="28" spans="1:8">
+      <c r="A28" t="s">
+        <v>111</v>
+      </c>
+      <c r="B28" t="s">
+        <v>9</v>
+      </c>
+      <c r="C28" t="s">
+        <v>112</v>
+      </c>
+      <c r="D28" t="s">
+        <v>39</v>
+      </c>
+      <c r="E28" t="s">
+        <v>40</v>
+      </c>
+      <c r="F28" t="s">
+        <v>113</v>
+      </c>
+      <c r="G28" s="1" t="s">
+        <v>114</v>
+      </c>
+      <c r="H28" t="s">
+        <v>115</v>
+      </c>
+    </row>
+    <row r="29" spans="1:8">
+      <c r="A29" t="s">
+        <v>116</v>
+      </c>
+      <c r="B29" t="s">
+        <v>9</v>
+      </c>
+      <c r="C29" t="s">
+        <v>117</v>
+      </c>
+      <c r="D29" t="s">
+        <v>39</v>
+      </c>
+      <c r="E29" t="s">
+        <v>40</v>
+      </c>
+      <c r="F29" t="s">
+        <v>45</v>
+      </c>
+      <c r="G29" s="1" t="s">
+        <v>33</v>
+      </c>
+      <c r="H29" t="s">
+        <v>118</v>
+      </c>
+    </row>
+    <row r="30" spans="1:8">
+      <c r="A30" t="s">
+        <v>119</v>
+      </c>
+      <c r="B30" t="s">
+        <v>9</v>
+      </c>
+      <c r="C30" t="s">
+        <v>120</v>
+      </c>
+      <c r="D30" t="s">
+        <v>39</v>
+      </c>
+      <c r="E30" t="s">
+        <v>40</v>
+      </c>
+      <c r="F30" t="s">
+        <v>57</v>
+      </c>
+      <c r="G30" s="1" t="s">
+        <v>33</v>
+      </c>
+      <c r="H30" t="s">
+        <v>121</v>
+      </c>
+    </row>
+    <row r="31" spans="1:8">
+      <c r="A31" t="s">
+        <v>122</v>
+      </c>
+      <c r="B31" t="s">
+        <v>9</v>
+      </c>
+      <c r="C31" t="s">
+        <v>123</v>
+      </c>
+      <c r="D31" t="s">
+        <v>39</v>
+      </c>
+      <c r="E31" t="s">
+        <v>40</v>
+      </c>
+      <c r="F31" t="s">
+        <v>49</v>
+      </c>
+      <c r="G31" s="1" t="s">
+        <v>33</v>
+      </c>
+      <c r="H31" t="s">
+        <v>124</v>
+      </c>
+    </row>
+    <row r="32" spans="1:8">
+      <c r="A32" t="s">
+        <v>125</v>
+      </c>
+      <c r="B32" t="s">
+        <v>9</v>
+      </c>
+      <c r="C32" t="s">
+        <v>126</v>
+      </c>
+      <c r="D32" t="s">
+        <v>39</v>
+      </c>
+      <c r="E32" t="s">
+        <v>40</v>
+      </c>
+      <c r="F32" t="s">
+        <v>49</v>
+      </c>
+      <c r="G32" s="1" t="s">
+        <v>33</v>
+      </c>
+      <c r="H32" t="s">
+        <v>127</v>
+      </c>
+    </row>
+    <row r="33" spans="1:8">
+      <c r="A33" t="s">
+        <v>128</v>
+      </c>
+      <c r="B33" t="s">
+        <v>9</v>
+      </c>
+      <c r="C33" t="s">
+        <v>129</v>
+      </c>
+      <c r="D33" t="s">
+        <v>39</v>
+      </c>
+      <c r="E33" t="s">
+        <v>40</v>
+      </c>
+      <c r="F33" t="s">
+        <v>130</v>
+      </c>
+      <c r="G33" s="1" t="s">
+        <v>33</v>
+      </c>
+      <c r="H33" t="s">
+        <v>131</v>
+      </c>
+    </row>
+    <row r="34" spans="1:8">
+      <c r="A34" t="s">
+        <v>132</v>
+      </c>
+      <c r="B34" t="s">
+        <v>9</v>
+      </c>
+      <c r="C34" t="s">
+        <v>10</v>
+      </c>
+      <c r="D34" t="s">
+        <v>133</v>
+      </c>
+      <c r="E34" t="s">
+        <v>134</v>
+      </c>
+      <c r="F34" t="s">
+        <v>135</v>
+      </c>
+      <c r="G34" s="1" t="s">
+        <v>33</v>
+      </c>
+      <c r="H34" t="s">
+        <v>136</v>
+      </c>
+    </row>
+    <row r="35" spans="1:8">
+      <c r="A35" t="s">
+        <v>137</v>
+      </c>
+      <c r="B35" t="s">
+        <v>9</v>
+      </c>
+      <c r="C35" t="s">
+        <v>16</v>
+      </c>
+      <c r="D35" t="s">
+        <v>133</v>
+      </c>
+      <c r="E35" t="s">
+        <v>134</v>
+      </c>
+      <c r="F35" t="s">
+        <v>135</v>
+      </c>
+      <c r="G35" s="1" t="s">
+        <v>138</v>
+      </c>
+      <c r="H35" t="s">
+        <v>139</v>
+      </c>
+    </row>
+    <row r="36" spans="1:8">
+      <c r="A36" t="s">
+        <v>140</v>
+      </c>
+      <c r="B36" t="s">
+        <v>9</v>
+      </c>
+      <c r="C36" t="s">
+        <v>20</v>
+      </c>
+      <c r="D36" t="s">
+        <v>133</v>
+      </c>
+      <c r="E36" t="s">
+        <v>134</v>
+      </c>
+      <c r="F36" t="s">
+        <v>135</v>
+      </c>
+      <c r="G36" s="1" t="s">
+        <v>141</v>
+      </c>
+      <c r="H36" t="s">
+        <v>142</v>
+      </c>
+    </row>
+    <row r="37" spans="1:8">
+      <c r="A37" t="s">
+        <v>143</v>
+      </c>
+      <c r="B37" t="s">
+        <v>9</v>
+      </c>
+      <c r="C37" t="s">
+        <v>10</v>
+      </c>
+      <c r="D37" t="s">
+        <v>144</v>
+      </c>
+      <c r="E37" t="s">
+        <v>145</v>
+      </c>
+      <c r="F37" t="s">
+        <v>146</v>
+      </c>
+      <c r="G37" s="1" t="s">
+        <v>147</v>
+      </c>
+      <c r="H37" t="s">
+        <v>148</v>
+      </c>
+    </row>
+    <row r="38" spans="1:8">
+      <c r="A38" t="s">
+        <v>149</v>
+      </c>
+      <c r="B38" t="s">
+        <v>9</v>
+      </c>
+      <c r="C38" t="s">
+        <v>16</v>
+      </c>
+      <c r="D38" t="s">
+        <v>144</v>
+      </c>
+      <c r="E38" t="s">
+        <v>145</v>
+      </c>
+      <c r="F38" t="s">
+        <v>146</v>
+      </c>
+      <c r="G38" s="1" t="s">
+        <v>150</v>
+      </c>
+      <c r="H38" t="s">
+        <v>151</v>
+      </c>
+    </row>
+    <row r="39" spans="1:8">
+      <c r="A39" t="s">
+        <v>152</v>
+      </c>
+      <c r="B39" t="s">
+        <v>9</v>
+      </c>
+      <c r="C39" t="s">
+        <v>20</v>
+      </c>
+      <c r="D39" t="s">
+        <v>144</v>
+      </c>
+      <c r="E39" t="s">
+        <v>145</v>
+      </c>
+      <c r="F39" t="s">
+        <v>146</v>
+      </c>
+      <c r="G39" s="1" t="s">
+        <v>153</v>
+      </c>
+      <c r="H39" t="s">
+        <v>154</v>
+      </c>
+    </row>
+    <row r="40" spans="1:8">
+      <c r="A40" t="s">
+        <v>155</v>
+      </c>
+      <c r="B40" t="s">
+        <v>9</v>
+      </c>
+      <c r="C40" t="s">
+        <v>24</v>
+      </c>
+      <c r="D40" t="s">
+        <v>144</v>
+      </c>
+      <c r="E40" t="s">
+        <v>145</v>
+      </c>
+      <c r="F40" t="s">
+        <v>156</v>
+      </c>
+      <c r="G40" s="1" t="s">
+        <v>33</v>
+      </c>
+      <c r="H40" t="s">
+        <v>157</v>
+      </c>
+    </row>
+    <row r="41" spans="1:8">
+      <c r="A41" t="s">
+        <v>158</v>
+      </c>
+      <c r="B41" t="s">
+        <v>9</v>
+      </c>
+      <c r="C41" t="s">
+        <v>10</v>
+      </c>
+      <c r="D41" t="s">
+        <v>159</v>
+      </c>
+      <c r="E41" t="s">
+        <v>160</v>
+      </c>
+      <c r="F41" t="s">
+        <v>161</v>
+      </c>
+      <c r="G41" s="1" t="s">
+        <v>162</v>
+      </c>
+      <c r="H41" t="s">
+        <v>163</v>
+      </c>
+    </row>
+    <row r="42" spans="1:8">
+      <c r="A42" t="s">
+        <v>164</v>
+      </c>
+      <c r="B42" t="s">
+        <v>9</v>
+      </c>
+      <c r="C42" t="s">
+        <v>16</v>
+      </c>
+      <c r="D42" t="s">
+        <v>159</v>
+      </c>
+      <c r="E42" t="s">
+        <v>160</v>
+      </c>
+      <c r="F42" t="s">
+        <v>165</v>
+      </c>
+      <c r="G42" s="1" t="s">
+        <v>166</v>
+      </c>
+      <c r="H42" t="s">
+        <v>167</v>
+      </c>
+    </row>
+    <row r="43" spans="1:8">
+      <c r="A43" t="s">
+        <v>168</v>
+      </c>
+      <c r="B43" t="s">
+        <v>9</v>
+      </c>
+      <c r="C43" t="s">
+        <v>20</v>
+      </c>
+      <c r="D43" t="s">
+        <v>159</v>
+      </c>
+      <c r="E43" t="s">
+        <v>160</v>
+      </c>
+      <c r="F43" t="s">
+        <v>130</v>
+      </c>
+      <c r="G43" s="1" t="s">
+        <v>169</v>
+      </c>
+      <c r="H43" t="s">
+        <v>170</v>
+      </c>
+    </row>
+    <row r="44" spans="1:8">
+      <c r="A44" t="s">
+        <v>171</v>
+      </c>
+      <c r="B44" t="s">
+        <v>9</v>
+      </c>
+      <c r="C44" t="s">
+        <v>24</v>
+      </c>
+      <c r="D44" t="s">
+        <v>159</v>
+      </c>
+      <c r="E44" t="s">
+        <v>160</v>
+      </c>
+      <c r="F44" t="s">
+        <v>45</v>
+      </c>
+      <c r="G44" s="1" t="s">
+        <v>172</v>
+      </c>
+      <c r="H44" t="s">
+        <v>173</v>
+      </c>
+    </row>
+    <row r="45" spans="1:8">
+      <c r="A45" t="s">
+        <v>174</v>
+      </c>
+      <c r="B45" t="s">
+        <v>9</v>
+      </c>
+      <c r="C45" t="s">
+        <v>28</v>
+      </c>
+      <c r="D45" t="s">
+        <v>159</v>
+      </c>
+      <c r="E45" t="s">
+        <v>160</v>
+      </c>
+      <c r="F45" t="s">
+        <v>49</v>
+      </c>
+      <c r="G45" s="1" t="s">
+        <v>33</v>
+      </c>
+      <c r="H45" t="s">
+        <v>175</v>
+      </c>
+    </row>
+    <row r="46" spans="1:8">
+      <c r="A46" t="s">
+        <v>176</v>
+      </c>
+      <c r="B46" t="s">
+        <v>9</v>
+      </c>
+      <c r="C46" t="s">
+        <v>32</v>
+      </c>
+      <c r="D46" t="s">
+        <v>159</v>
+      </c>
+      <c r="E46" t="s">
+        <v>160</v>
+      </c>
+      <c r="F46" t="s">
+        <v>130</v>
+      </c>
+      <c r="G46" s="1" t="s">
+        <v>33</v>
+      </c>
+      <c r="H46" t="s">
+        <v>177</v>
+      </c>
+    </row>
+    <row r="47" spans="1:8">
+      <c r="A47" t="s">
+        <v>178</v>
+      </c>
+      <c r="B47" t="s">
+        <v>9</v>
+      </c>
+      <c r="C47" t="s">
+        <v>36</v>
+      </c>
+      <c r="D47" t="s">
+        <v>159</v>
+      </c>
+      <c r="E47" t="s">
+        <v>160</v>
+      </c>
+      <c r="F47" t="s">
+        <v>61</v>
+      </c>
+      <c r="G47" s="1" t="s">
+        <v>33</v>
+      </c>
+      <c r="H47" t="s">
+        <v>179</v>
+      </c>
+    </row>
+    <row r="48" spans="1:8">
+      <c r="A48" t="s">
+        <v>180</v>
+      </c>
+      <c r="B48" t="s">
+        <v>9</v>
+      </c>
+      <c r="C48" t="s">
+        <v>68</v>
+      </c>
+      <c r="D48" t="s">
+        <v>159</v>
+      </c>
+      <c r="E48" t="s">
+        <v>160</v>
+      </c>
+      <c r="F48" t="s">
+        <v>61</v>
+      </c>
+      <c r="G48" s="1" t="s">
+        <v>33</v>
+      </c>
+      <c r="H48" t="s">
+        <v>181</v>
+      </c>
+    </row>
+    <row r="49" spans="1:8">
+      <c r="A49" t="s">
+        <v>182</v>
+      </c>
+      <c r="B49" t="s">
+        <v>9</v>
+      </c>
+      <c r="C49" t="s">
+        <v>10</v>
+      </c>
+      <c r="D49" t="s">
+        <v>183</v>
+      </c>
+      <c r="E49" t="s">
+        <v>184</v>
+      </c>
+      <c r="F49" t="s">
+        <v>77</v>
+      </c>
+      <c r="G49" s="1" t="s">
+        <v>185</v>
+      </c>
+      <c r="H49" t="s">
+        <v>186</v>
+      </c>
+    </row>
+    <row r="50" spans="1:8">
+      <c r="A50" t="s">
+        <v>187</v>
+      </c>
+      <c r="B50" t="s">
+        <v>9</v>
+      </c>
+      <c r="C50" t="s">
+        <v>16</v>
+      </c>
+      <c r="D50" t="s">
+        <v>183</v>
+      </c>
+      <c r="E50" t="s">
+        <v>184</v>
+      </c>
+      <c r="F50" t="s">
+        <v>77</v>
+      </c>
+      <c r="G50" s="1" t="s">
+        <v>188</v>
+      </c>
+      <c r="H50" t="s">
+        <v>189</v>
+      </c>
+    </row>
+    <row r="51" spans="1:8">
+      <c r="A51" t="s">
+        <v>190</v>
+      </c>
+      <c r="B51" t="s">
+        <v>9</v>
+      </c>
+      <c r="C51" t="s">
+        <v>20</v>
+      </c>
+      <c r="D51" t="s">
+        <v>183</v>
+      </c>
+      <c r="E51" t="s">
+        <v>184</v>
+      </c>
+      <c r="F51" t="s">
+        <v>77</v>
+      </c>
+      <c r="G51" s="1" t="s">
+        <v>191</v>
+      </c>
+      <c r="H51" t="s">
+        <v>192</v>
+      </c>
+    </row>
+    <row r="52" spans="1:8">
+      <c r="A52" t="s">
+        <v>193</v>
+      </c>
+      <c r="B52" t="s">
+        <v>9</v>
+      </c>
+      <c r="C52" t="s">
+        <v>24</v>
+      </c>
+      <c r="D52" t="s">
+        <v>183</v>
+      </c>
+      <c r="E52" t="s">
+        <v>184</v>
+      </c>
+      <c r="F52" t="s">
+        <v>61</v>
+      </c>
+      <c r="G52" s="1" t="s">
+        <v>194</v>
+      </c>
+      <c r="H52" t="s">
+        <v>195</v>
+      </c>
+    </row>
+    <row r="53" spans="1:8">
+      <c r="A53" t="s">
+        <v>196</v>
+      </c>
+      <c r="B53" t="s">
+        <v>9</v>
+      </c>
+      <c r="C53" t="s">
+        <v>28</v>
+      </c>
+      <c r="D53" t="s">
+        <v>183</v>
+      </c>
+      <c r="E53" t="s">
+        <v>184</v>
+      </c>
+      <c r="F53" t="s">
+        <v>49</v>
+      </c>
+      <c r="G53" s="1" t="s">
+        <v>33</v>
+      </c>
+      <c r="H53" t="s">
+        <v>197</v>
+      </c>
+    </row>
+    <row r="54" spans="1:8">
+      <c r="A54" t="s">
+        <v>198</v>
+      </c>
+      <c r="B54" t="s">
+        <v>9</v>
+      </c>
+      <c r="C54" t="s">
+        <v>32</v>
+      </c>
+      <c r="D54" t="s">
+        <v>183</v>
+      </c>
+      <c r="E54" t="s">
+        <v>184</v>
+      </c>
+      <c r="F54" t="s">
+        <v>156</v>
+      </c>
+      <c r="G54" s="1" t="s">
+        <v>33</v>
+      </c>
+      <c r="H54" t="s">
+        <v>199</v>
+      </c>
+    </row>
+    <row r="55" spans="1:8">
+      <c r="A55" t="s">
+        <v>200</v>
+      </c>
+      <c r="B55" t="s">
+        <v>9</v>
+      </c>
+      <c r="C55" t="s">
+        <v>36</v>
+      </c>
+      <c r="D55" t="s">
+        <v>183</v>
+      </c>
+      <c r="E55" t="s">
+        <v>184</v>
+      </c>
+      <c r="F55" t="s">
+        <v>49</v>
+      </c>
+      <c r="G55" s="1" t="s">
+        <v>33</v>
+      </c>
+      <c r="H55" t="s">
+        <v>201</v>
+      </c>
+    </row>
+    <row r="56" spans="1:8">
+      <c r="A56" t="s">
+        <v>202</v>
+      </c>
+      <c r="B56" t="s">
+        <v>9</v>
+      </c>
+      <c r="C56" t="s">
+        <v>68</v>
+      </c>
+      <c r="D56" t="s">
+        <v>183</v>
+      </c>
+      <c r="E56" t="s">
+        <v>184</v>
+      </c>
+      <c r="F56" t="s">
+        <v>49</v>
+      </c>
+      <c r="G56" s="1" t="s">
+        <v>33</v>
+      </c>
+      <c r="H56" t="s">
+        <v>203</v>
+      </c>
+    </row>
+    <row r="57" spans="1:8">
+      <c r="A57" t="s">
+        <v>204</v>
+      </c>
+      <c r="B57" t="s">
+        <v>9</v>
+      </c>
+      <c r="C57" t="s">
+        <v>72</v>
+      </c>
+      <c r="D57" t="s">
+        <v>183</v>
+      </c>
+      <c r="E57" t="s">
+        <v>184</v>
+      </c>
+      <c r="F57" t="s">
+        <v>49</v>
+      </c>
+      <c r="G57" s="1" t="s">
+        <v>205</v>
+      </c>
+      <c r="H57" t="s">
+        <v>206</v>
+      </c>
+    </row>
+    <row r="58" spans="1:8">
+      <c r="A58" t="s">
+        <v>207</v>
+      </c>
+      <c r="B58" t="s">
+        <v>9</v>
+      </c>
+      <c r="C58" t="s">
+        <v>76</v>
+      </c>
+      <c r="D58" t="s">
+        <v>183</v>
+      </c>
+      <c r="E58" t="s">
+        <v>184</v>
+      </c>
+      <c r="F58" t="s">
+        <v>49</v>
+      </c>
+      <c r="G58" s="1" t="s">
+        <v>208</v>
+      </c>
+      <c r="H58" t="s">
+        <v>209</v>
+      </c>
+    </row>
+    <row r="59" spans="1:8">
+      <c r="A59" t="s">
+        <v>210</v>
+      </c>
+      <c r="B59" t="s">
+        <v>9</v>
+      </c>
+      <c r="C59" t="s">
+        <v>80</v>
+      </c>
+      <c r="D59" t="s">
+        <v>183</v>
+      </c>
+      <c r="E59" t="s">
+        <v>184</v>
+      </c>
+      <c r="F59" t="s">
+        <v>69</v>
+      </c>
+      <c r="G59" s="1" t="s">
+        <v>211</v>
+      </c>
+      <c r="H59" t="s">
+        <v>212</v>
+      </c>
+    </row>
+    <row r="60" spans="1:8">
+      <c r="A60" t="s">
+        <v>213</v>
+      </c>
+      <c r="B60" t="s">
+        <v>9</v>
+      </c>
+      <c r="C60" t="s">
+        <v>84</v>
+      </c>
+      <c r="D60" t="s">
+        <v>183</v>
+      </c>
+      <c r="E60" t="s">
+        <v>184</v>
+      </c>
+      <c r="F60" t="s">
+        <v>61</v>
+      </c>
+      <c r="G60" s="1" t="s">
+        <v>214</v>
+      </c>
+      <c r="H60" t="s">
+        <v>215</v>
+      </c>
+    </row>
+    <row r="61" spans="1:8">
+      <c r="A61" t="s">
+        <v>216</v>
+      </c>
+      <c r="B61" t="s">
+        <v>9</v>
+      </c>
+      <c r="C61" t="s">
+        <v>88</v>
+      </c>
+      <c r="D61" t="s">
+        <v>183</v>
+      </c>
+      <c r="E61" t="s">
+        <v>184</v>
+      </c>
+      <c r="F61" t="s">
+        <v>49</v>
+      </c>
+      <c r="G61" s="1" t="s">
+        <v>33</v>
+      </c>
+      <c r="H61" t="s">
+        <v>217</v>
+      </c>
+    </row>
+    <row r="62" spans="1:8">
+      <c r="A62" t="s">
+        <v>218</v>
+      </c>
+      <c r="B62" t="s">
+        <v>9</v>
+      </c>
+      <c r="C62" t="s">
+        <v>92</v>
+      </c>
+      <c r="D62" t="s">
+        <v>183</v>
+      </c>
+      <c r="E62" t="s">
+        <v>184</v>
+      </c>
+      <c r="F62" t="s">
+        <v>49</v>
+      </c>
+      <c r="G62" s="1" t="s">
+        <v>33</v>
+      </c>
+      <c r="H62" t="s">
+        <v>219</v>
+      </c>
+    </row>
+    <row r="63" spans="1:8">
+      <c r="A63" t="s">
+        <v>220</v>
+      </c>
+      <c r="B63" t="s">
+        <v>9</v>
+      </c>
+      <c r="C63" t="s">
+        <v>96</v>
+      </c>
+      <c r="D63" t="s">
+        <v>183</v>
+      </c>
+      <c r="E63" t="s">
+        <v>184</v>
+      </c>
+      <c r="F63" t="s">
+        <v>49</v>
+      </c>
+      <c r="G63" s="1" t="s">
+        <v>33</v>
+      </c>
+      <c r="H63" t="s">
+        <v>221</v>
+      </c>
+    </row>
+    <row r="64" spans="1:8">
+      <c r="A64" t="s">
+        <v>222</v>
+      </c>
+      <c r="B64" t="s">
+        <v>9</v>
+      </c>
+      <c r="C64" t="s">
+        <v>100</v>
+      </c>
+      <c r="D64" t="s">
+        <v>183</v>
+      </c>
+      <c r="E64" t="s">
+        <v>184</v>
+      </c>
+      <c r="F64" t="s">
+        <v>77</v>
+      </c>
+      <c r="G64" s="1" t="s">
+        <v>33</v>
+      </c>
+      <c r="H64" t="s">
+        <v>223</v>
+      </c>
+    </row>
+    <row r="65" spans="1:8">
+      <c r="A65" t="s">
+        <v>224</v>
+      </c>
+      <c r="B65" t="s">
+        <v>9</v>
+      </c>
+      <c r="C65" t="s">
+        <v>103</v>
+      </c>
+      <c r="D65" t="s">
+        <v>183</v>
+      </c>
+      <c r="E65" t="s">
+        <v>184</v>
+      </c>
+      <c r="F65" t="s">
+        <v>77</v>
+      </c>
+      <c r="G65" s="1" t="s">
+        <v>33</v>
+      </c>
+      <c r="H65" t="s">
+        <v>225</v>
+      </c>
+    </row>
+    <row r="66" spans="1:8">
+      <c r="A66" t="s">
+        <v>226</v>
+      </c>
+      <c r="B66" t="s">
+        <v>9</v>
+      </c>
+      <c r="C66" t="s">
+        <v>106</v>
+      </c>
+      <c r="D66" t="s">
+        <v>183</v>
+      </c>
+      <c r="E66" t="s">
+        <v>184</v>
+      </c>
+      <c r="F66" t="s">
+        <v>49</v>
+      </c>
+      <c r="G66" s="1" t="s">
+        <v>33</v>
+      </c>
+      <c r="H66" t="s">
+        <v>227</v>
+      </c>
+    </row>
+    <row r="67" spans="1:8">
+      <c r="A67" t="s">
+        <v>228</v>
+      </c>
+      <c r="B67" t="s">
+        <v>9</v>
+      </c>
+      <c r="C67" t="s">
+        <v>109</v>
+      </c>
+      <c r="D67" t="s">
+        <v>183</v>
+      </c>
+      <c r="E67" t="s">
+        <v>184</v>
+      </c>
+      <c r="F67" t="s">
+        <v>49</v>
+      </c>
+      <c r="G67" s="1" t="s">
+        <v>33</v>
+      </c>
+      <c r="H67" t="s">
+        <v>229</v>
+      </c>
+    </row>
+    <row r="68" spans="1:8">
+      <c r="A68" t="s">
+        <v>230</v>
+      </c>
+      <c r="B68" t="s">
+        <v>9</v>
+      </c>
+      <c r="C68" t="s">
+        <v>112</v>
+      </c>
+      <c r="D68" t="s">
+        <v>183</v>
+      </c>
+      <c r="E68" t="s">
+        <v>184</v>
+      </c>
+      <c r="F68" t="s">
+        <v>49</v>
+      </c>
+      <c r="G68" s="1" t="s">
+        <v>33</v>
+      </c>
+      <c r="H68" t="s">
+        <v>231</v>
+      </c>
+    </row>
+    <row r="69" spans="1:8">
+      <c r="A69" t="s">
+        <v>232</v>
+      </c>
+      <c r="B69" t="s">
+        <v>9</v>
+      </c>
+      <c r="C69" t="s">
+        <v>117</v>
+      </c>
+      <c r="D69" t="s">
+        <v>183</v>
+      </c>
+      <c r="E69" t="s">
+        <v>184</v>
+      </c>
+      <c r="F69" t="s">
+        <v>130</v>
+      </c>
+      <c r="G69" s="1" t="s">
+        <v>33</v>
+      </c>
+      <c r="H69" t="s">
+        <v>233</v>
+      </c>
+    </row>
+    <row r="70" spans="1:8">
+      <c r="A70" t="s">
+        <v>234</v>
+      </c>
+      <c r="B70" t="s">
+        <v>9</v>
+      </c>
+      <c r="C70" t="s">
+        <v>120</v>
+      </c>
+      <c r="D70" t="s">
+        <v>183</v>
+      </c>
+      <c r="E70" t="s">
+        <v>184</v>
+      </c>
+      <c r="F70" t="s">
+        <v>130</v>
+      </c>
+      <c r="G70" s="1" t="s">
+        <v>33</v>
+      </c>
+      <c r="H70" t="s">
+        <v>235</v>
+      </c>
+    </row>
+    <row r="71" spans="1:8">
+      <c r="A71" t="s">
+        <v>236</v>
+      </c>
+      <c r="B71" t="s">
+        <v>9</v>
+      </c>
+      <c r="C71" t="s">
+        <v>123</v>
+      </c>
+      <c r="D71" t="s">
+        <v>183</v>
+      </c>
+      <c r="E71" t="s">
+        <v>184</v>
+      </c>
+      <c r="F71" t="s">
+        <v>130</v>
+      </c>
+      <c r="G71" s="1" t="s">
+        <v>33</v>
+      </c>
+      <c r="H71" t="s">
+        <v>237</v>
+      </c>
+    </row>
+    <row r="72" spans="1:8">
+      <c r="A72" t="s">
+        <v>238</v>
+      </c>
+      <c r="B72" t="s">
+        <v>9</v>
+      </c>
+      <c r="C72" t="s">
+        <v>126</v>
+      </c>
+      <c r="D72" t="s">
+        <v>183</v>
+      </c>
+      <c r="E72" t="s">
+        <v>184</v>
+      </c>
+      <c r="F72" t="s">
+        <v>130</v>
+      </c>
+      <c r="G72" s="1" t="s">
+        <v>33</v>
+      </c>
+      <c r="H72" t="s">
+        <v>239</v>
+      </c>
+    </row>
+    <row r="73" spans="1:8">
+      <c r="A73" t="s">
+        <v>240</v>
+      </c>
+      <c r="B73" t="s">
+        <v>9</v>
+      </c>
+      <c r="C73" t="s">
+        <v>129</v>
+      </c>
+      <c r="D73" t="s">
+        <v>183</v>
+      </c>
+      <c r="E73" t="s">
+        <v>184</v>
+      </c>
+      <c r="F73" t="s">
+        <v>130</v>
+      </c>
+      <c r="G73" s="1" t="s">
+        <v>33</v>
+      </c>
+      <c r="H73" t="s">
+        <v>241</v>
+      </c>
+    </row>
+    <row r="74" spans="1:8">
+      <c r="A74" t="s">
+        <v>242</v>
+      </c>
+      <c r="B74" t="s">
+        <v>9</v>
+      </c>
+      <c r="C74" t="s">
+        <v>10</v>
+      </c>
+      <c r="D74" t="s">
+        <v>243</v>
+      </c>
+      <c r="E74" t="s">
+        <v>244</v>
+      </c>
+      <c r="F74" t="s">
+        <v>165</v>
+      </c>
+      <c r="G74" s="1" t="s">
+        <v>33</v>
+      </c>
+      <c r="H74" t="s">
+        <v>245</v>
       </c>
     </row>
   </sheetData>
   <hyperlinks>
     <hyperlink ref="G2" r:id="rId1"/>
     <hyperlink ref="G3" r:id="rId2"/>
     <hyperlink ref="G4" r:id="rId3"/>
     <hyperlink ref="G5" r:id="rId4"/>
     <hyperlink ref="G6" r:id="rId5"/>
     <hyperlink ref="G7" r:id="rId6"/>
     <hyperlink ref="G8" r:id="rId7"/>
     <hyperlink ref="G9" r:id="rId8"/>
     <hyperlink ref="G10" r:id="rId9"/>
     <hyperlink ref="G11" r:id="rId10"/>
     <hyperlink ref="G12" r:id="rId11"/>
     <hyperlink ref="G13" r:id="rId12"/>
     <hyperlink ref="G14" r:id="rId13"/>
     <hyperlink ref="G15" r:id="rId14"/>
+    <hyperlink ref="G16" r:id="rId15"/>
+    <hyperlink ref="G17" r:id="rId16"/>
+    <hyperlink ref="G18" r:id="rId17"/>
+    <hyperlink ref="G19" r:id="rId18"/>
+    <hyperlink ref="G20" r:id="rId19"/>
+    <hyperlink ref="G21" r:id="rId20"/>
+    <hyperlink ref="G22" r:id="rId21"/>
+    <hyperlink ref="G23" r:id="rId22"/>
+    <hyperlink ref="G24" r:id="rId23"/>
+    <hyperlink ref="G25" r:id="rId24"/>
+    <hyperlink ref="G26" r:id="rId25"/>
+    <hyperlink ref="G27" r:id="rId26"/>
+    <hyperlink ref="G28" r:id="rId27"/>
+    <hyperlink ref="G29" r:id="rId28"/>
+    <hyperlink ref="G30" r:id="rId29"/>
+    <hyperlink ref="G31" r:id="rId30"/>
+    <hyperlink ref="G32" r:id="rId31"/>
+    <hyperlink ref="G33" r:id="rId32"/>
+    <hyperlink ref="G34" r:id="rId33"/>
+    <hyperlink ref="G35" r:id="rId34"/>
+    <hyperlink ref="G36" r:id="rId35"/>
+    <hyperlink ref="G37" r:id="rId36"/>
+    <hyperlink ref="G38" r:id="rId37"/>
+    <hyperlink ref="G39" r:id="rId38"/>
+    <hyperlink ref="G40" r:id="rId39"/>
+    <hyperlink ref="G41" r:id="rId40"/>
+    <hyperlink ref="G42" r:id="rId41"/>
+    <hyperlink ref="G43" r:id="rId42"/>
+    <hyperlink ref="G44" r:id="rId43"/>
+    <hyperlink ref="G45" r:id="rId44"/>
+    <hyperlink ref="G46" r:id="rId45"/>
+    <hyperlink ref="G47" r:id="rId46"/>
+    <hyperlink ref="G48" r:id="rId47"/>
+    <hyperlink ref="G49" r:id="rId48"/>
+    <hyperlink ref="G50" r:id="rId49"/>
+    <hyperlink ref="G51" r:id="rId50"/>
+    <hyperlink ref="G52" r:id="rId51"/>
+    <hyperlink ref="G53" r:id="rId52"/>
+    <hyperlink ref="G54" r:id="rId53"/>
+    <hyperlink ref="G55" r:id="rId54"/>
+    <hyperlink ref="G56" r:id="rId55"/>
+    <hyperlink ref="G57" r:id="rId56"/>
+    <hyperlink ref="G58" r:id="rId57"/>
+    <hyperlink ref="G59" r:id="rId58"/>
+    <hyperlink ref="G60" r:id="rId59"/>
+    <hyperlink ref="G61" r:id="rId60"/>
+    <hyperlink ref="G62" r:id="rId61"/>
+    <hyperlink ref="G63" r:id="rId62"/>
+    <hyperlink ref="G64" r:id="rId63"/>
+    <hyperlink ref="G65" r:id="rId64"/>
+    <hyperlink ref="G66" r:id="rId65"/>
+    <hyperlink ref="G67" r:id="rId66"/>
+    <hyperlink ref="G68" r:id="rId67"/>
+    <hyperlink ref="G69" r:id="rId68"/>
+    <hyperlink ref="G70" r:id="rId69"/>
+    <hyperlink ref="G71" r:id="rId70"/>
+    <hyperlink ref="G72" r:id="rId71"/>
+    <hyperlink ref="G73" r:id="rId72"/>
+    <hyperlink ref="G74" r:id="rId73"/>
   </hyperlinks>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Sheet1</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>